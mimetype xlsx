--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7b94898e08341c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5674f4095d3d4a59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ccd03ab3d894524"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra654eeda9ff24900"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c32df7d8fcc4694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ccd03ab3d894524" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ede8dda91c84238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra654eeda9ff24900" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA My Best of US 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>