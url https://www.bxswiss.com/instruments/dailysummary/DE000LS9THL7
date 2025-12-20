--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5674f4095d3d4a59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R768c4ce148d442d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra654eeda9ff24900"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfff88285122f4184"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ede8dda91c84238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra654eeda9ff24900" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc5882a3008c43c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfff88285122f4184" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA My Best of US 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,504</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>