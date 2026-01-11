--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R768c4ce148d442d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70120d3f5fc242c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfff88285122f4184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b11fe7f6b2b4721"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc5882a3008c43c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfff88285122f4184" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R879ec3a5949f40ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b11fe7f6b2b4721" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA My Best of US 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>