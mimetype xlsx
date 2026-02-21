--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70120d3f5fc242c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21925b4a2f904bd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b11fe7f6b2b4721"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raabf358b436b48f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R879ec3a5949f40ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b11fe7f6b2b4721" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfce3a5232c64438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raabf358b436b48f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA My Best of US 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>139,734</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>