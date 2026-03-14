--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21925b4a2f904bd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7017d7d2a5b4d3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raabf358b436b48f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb2e4c1999e845ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfce3a5232c64438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raabf358b436b48f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebe6fff047d74471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb2e4c1999e845ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA My Best of US 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>