--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9685c0cd2e464c86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc47f276084514e5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff989ce49600486f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1032c634b3e44ebf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reedf0f7b43344324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff989ce49600486f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra29e812d5c474e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1032c634b3e44ebf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktchancen 202X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>7,501</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,493</x:t>
-[...151 lines deleted...]
-          <x:t>7,487</x:t>
+          <x:t>7,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,470</x:t>
-[...280 lines deleted...]
-        <x:is>
           <x:t>7,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,457</x:t>
-[...9 lines deleted...]
-          <x:t>7,435</x:t>
+          <x:t>7,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>