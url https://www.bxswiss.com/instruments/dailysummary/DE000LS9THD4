--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc47f276084514e5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca9c50f86294b85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1032c634b3e44ebf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R533050b4ba4a4ebf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra29e812d5c474e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1032c634b3e44ebf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbf2f40698f64aeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R533050b4ba4a4ebf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktchancen 202X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>7,413</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,426</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>7,413</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,426</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>23.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,445</x:t>
-[...75 lines deleted...]
-          <x:t>7,395</x:t>
+          <x:t>7,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,262</x:t>
-[...463 lines deleted...]
-          <x:t>7,452</x:t>
+          <x:t>7,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>