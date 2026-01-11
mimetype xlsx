--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca9c50f86294b85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd23dcda6f4d14fc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R533050b4ba4a4ebf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2139c1c848da446e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbf2f40698f64aeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R533050b4ba4a4ebf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf09107edaae44352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2139c1c848da446e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktchancen 202X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,479</x:t>
-[...21 lines deleted...]
-          <x:t>7,476</x:t>
+          <x:t>7,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,475</x:t>
-[...490 lines deleted...]
-          <x:t>6,785</x:t>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>