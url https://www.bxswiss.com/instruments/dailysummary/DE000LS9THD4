--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd23dcda6f4d14fc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4315ccee2b8c49cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2139c1c848da446e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24503cfa88574df6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf09107edaae44352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2139c1c848da446e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff3717ec42924737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24503cfa88574df6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktchancen 202X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>7,489</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,502</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...224 lines deleted...]
-          <x:t>7,039</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,032</x:t>
-[...112 lines deleted...]
-          <x:t>7,116</x:t>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>