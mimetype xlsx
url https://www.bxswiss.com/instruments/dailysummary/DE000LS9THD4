--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4315ccee2b8c49cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1228fc10121a4802" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24503cfa88574df6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2951ad325704f60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff3717ec42924737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24503cfa88574df6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re09a2c7c8bb24a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2951ad325704f60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktchancen 202X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>7,502</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,387</x:t>
-[...16 lines deleted...]
-          <x:t>7,387</x:t>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,381</x:t>
-[...566 lines deleted...]
-          <x:t>7,380</x:t>
+          <x:t>7,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>