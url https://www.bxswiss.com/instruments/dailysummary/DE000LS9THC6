--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e00b15498af43db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14bbc53b133948df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd21a3ba048a94db3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd625f2950e941c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree25cf922b9349c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd21a3ba048a94db3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3a9756c27449cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd625f2950e941c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solid Tech Universum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>223,407</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>222,709</x:t>
-[...431 lines deleted...]
-          <x:t>220,985</x:t>
+          <x:t>221,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>