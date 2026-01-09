--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14bbc53b133948df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra726af3ec8984ad7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd625f2950e941c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaa356fbf80b478a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3a9756c27449cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd625f2950e941c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d70ab5bc70d4404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaa356fbf80b478a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solid Tech Universum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>222,157</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>