--- v2 (2026-01-09)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra726af3ec8984ad7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48ba443f24d44c1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaa356fbf80b478a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ea7131d41d4487e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d70ab5bc70d4404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaa356fbf80b478a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac2520eb3bb24738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ea7131d41d4487e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solid Tech Universum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>221,248</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>