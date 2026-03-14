--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48ba443f24d44c1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc58c281a25804ef6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ea7131d41d4487e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85c71431466247ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac2520eb3bb24738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ea7131d41d4487e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bd5840009a046c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85c71431466247ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solid Tech Universum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>