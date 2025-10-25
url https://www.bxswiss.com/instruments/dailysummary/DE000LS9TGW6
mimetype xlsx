--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6cc974e72d64b2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80071732719b4da2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra467c3737f9143eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2295e3fc4c74f97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae12e9471f2b48db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra467c3737f9143eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R084489b3d4194553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2295e3fc4c74f97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FREE CASHFLOW YIELD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>