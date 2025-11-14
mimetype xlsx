--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80071732719b4da2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d70578cd0194014" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2295e3fc4c74f97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05029c425d804a65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R084489b3d4194553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2295e3fc4c74f97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97926fbb9133408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05029c425d804a65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FREE CASHFLOW YIELD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,951</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>