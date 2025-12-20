--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d70578cd0194014" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb78f25bfcd543eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05029c425d804a65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ae0f320d0f34c1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97926fbb9133408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05029c425d804a65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R522c1288bd2f478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ae0f320d0f34c1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FREE CASHFLOW YIELD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>124,484</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>