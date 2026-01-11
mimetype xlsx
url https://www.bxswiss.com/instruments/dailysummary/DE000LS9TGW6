--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb78f25bfcd543eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8242a55d0d9a4284" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ae0f320d0f34c1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc48a1b79e1b4e6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R522c1288bd2f478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ae0f320d0f34c1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f7938f1853b4523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc48a1b79e1b4e6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FREE CASHFLOW YIELD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,670</x:t>
-[...306 lines deleted...]
-          <x:t>129,778</x:t>
+          <x:t>130,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>