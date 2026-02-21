--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8242a55d0d9a4284" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree440d0f576c4758" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc48a1b79e1b4e6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb43c55620de64ac1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f7938f1853b4523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc48a1b79e1b4e6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeeb5345bf474671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb43c55620de64ac1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FREE CASHFLOW YIELD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>137,313</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>