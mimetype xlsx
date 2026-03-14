--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree440d0f576c4758" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07087d750f644be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb43c55620de64ac1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd39898a21f824924"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeeb5345bf474671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb43c55620de64ac1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e658bf87fed4126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd39898a21f824924" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FREE CASHFLOW YIELD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,721</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>144,584</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>