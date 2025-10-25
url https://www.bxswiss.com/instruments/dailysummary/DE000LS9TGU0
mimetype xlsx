--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf846bd8ab2134031" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd14b93b1b2614acd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba6ef2c648ad46a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree82c0f68ad44a55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4a1348954504256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba6ef2c648ad46a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbed269efa4144e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree82c0f68ad44a55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All-Star-Team</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,562</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>