--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd14b93b1b2614acd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbad6da72a0fc43f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree82c0f68ad44a55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c87c29271924e26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbed269efa4144e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree82c0f68ad44a55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb98eba050b5448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c87c29271924e26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All-Star-Team</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>145,082</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>