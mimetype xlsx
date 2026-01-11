--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbad6da72a0fc43f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d6a70df3dbe4d2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c87c29271924e26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaf6c63122c347b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb98eba050b5448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c87c29271924e26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c88320121584a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaf6c63122c347b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All-Star-Team</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>