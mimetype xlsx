--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d6a70df3dbe4d2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R208c252f988243dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaf6c63122c347b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7119b71ef6e498a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c88320121584a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaf6c63122c347b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab76bd6f1aae4948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7119b71ef6e498a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All-Star-Team</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>139,025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>