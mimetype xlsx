--- v0 (2025-10-03)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e393b100d0841cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73d85eb5ffad4a18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R893a6776cb18418b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re18e432084844e0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbcf803cfc1e4e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R893a6776cb18418b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ab99279adc4445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re18e432084844e0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Caps Diamond</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,960</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>