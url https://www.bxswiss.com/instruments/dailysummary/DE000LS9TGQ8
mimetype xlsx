--- v1 (2026-01-09)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73d85eb5ffad4a18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc70568604ab443f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re18e432084844e0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6c91f1b1afe4e0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ab99279adc4445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re18e432084844e0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a4d34a67eca4652" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6c91f1b1afe4e0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Caps Diamond</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>122,507</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>