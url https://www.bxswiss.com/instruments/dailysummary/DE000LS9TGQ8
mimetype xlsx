--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc70568604ab443f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad7da58ebb2c4868" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6c91f1b1afe4e0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18d92218412643da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a4d34a67eca4652" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6c91f1b1afe4e0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbc5880a22ff415a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18d92218412643da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Caps Diamond</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,151</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>