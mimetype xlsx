--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca3aa23de28240b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R638089c100104a8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd05b1c0219dc4f29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bc17cf0cf0c42d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac2763ff8e1b4982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd05b1c0219dc4f29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racf11935f8b04231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bc17cf0cf0c42d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Stocks Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,404 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>107,663</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,571</x:t>
-[...625 lines deleted...]
-          <x:t>114,583</x:t>
+          <x:t>106,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>