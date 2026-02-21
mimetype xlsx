--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R638089c100104a8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42a24f266c694560" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bc17cf0cf0c42d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b45c4e8e75449d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racf11935f8b04231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bc17cf0cf0c42d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R118007ea53254212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b45c4e8e75449d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Stocks Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,404 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...275 lines deleted...]
-          <x:t>107,641</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,605</x:t>
-[...85 lines deleted...]
-          <x:t>107,354</x:t>
+          <x:t>108,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>