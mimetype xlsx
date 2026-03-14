--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42a24f266c694560" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09f5f61657104794" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b45c4e8e75449d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c0a797dc9094483"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R118007ea53254212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b45c4e8e75449d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c5b739a44a94afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c0a797dc9094483" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Stocks Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>