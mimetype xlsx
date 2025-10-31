--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b5e6eedcdc447f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a9941a4078415c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc9fa193ad64438e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc49112c705a144a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7d875c82dd840b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc9fa193ad64438e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc5eee931fa54765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc49112c705a144a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strong Brand und Market Leader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,866</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>