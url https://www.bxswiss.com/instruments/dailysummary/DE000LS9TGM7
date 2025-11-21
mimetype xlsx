--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a9941a4078415c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a2d2395a0484b80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc49112c705a144a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47fcefa2cce84bfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc5eee931fa54765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc49112c705a144a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbda18743ad494409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47fcefa2cce84bfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strong Brand und Market Leader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>