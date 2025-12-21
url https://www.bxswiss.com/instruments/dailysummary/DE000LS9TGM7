--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a2d2395a0484b80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R300eaa38e2f64e7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47fcefa2cce84bfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f335c43b4ac4df1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbda18743ad494409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47fcefa2cce84bfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41593f28f1fc4d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f335c43b4ac4df1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strong Brand und Market Leader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...500 lines deleted...]
-          <x:t>123,388</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,391</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>120,177</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,739</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>