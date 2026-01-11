--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R300eaa38e2f64e7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c22ac6352384efb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f335c43b4ac4df1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1ace080b24e4d9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41593f28f1fc4d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f335c43b4ac4df1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R233daf0502494a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1ace080b24e4d9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strong Brand und Market Leader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>120,165</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>122,953</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,721</x:t>
-[...458 lines deleted...]
-          <x:t>119,739</x:t>
+          <x:t>122,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>