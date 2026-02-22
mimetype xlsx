--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c22ac6352384efb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d302a8219024995" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1ace080b24e4d9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b9163e973564ef3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R233daf0502494a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1ace080b24e4d9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a8ba701400d4665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b9163e973564ef3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strong Brand und Market Leader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>124,039</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>