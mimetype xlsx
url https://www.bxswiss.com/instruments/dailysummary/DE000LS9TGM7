--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d302a8219024995" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09f9e27b2f474940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b9163e973564ef3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ff4d18995594f5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a8ba701400d4665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b9163e973564ef3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re899f206bb344f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ff4d18995594f5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strong Brand und Market Leader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>