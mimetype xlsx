--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fa26aee226b4aca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b5632cb2d684295" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75cf5d82f2bc4d8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c426096157d4b1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae2fe194819e4d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75cf5d82f2bc4d8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R577a7ffa94a2454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c426096157d4b1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Pub Die weltweite Kneipe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>100,995</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,887</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>100,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>