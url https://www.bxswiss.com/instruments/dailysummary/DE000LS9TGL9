--- v1 (2026-01-11)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b5632cb2d684295" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd482cb1b09184235" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c426096157d4b1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf21bd9a1f9f4a84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R577a7ffa94a2454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c426096157d4b1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfd1d45268944fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf21bd9a1f9f4a84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Pub Die weltweite Kneipe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>100,270</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,759</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>