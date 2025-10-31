--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6284f18b08354852" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b04c4daa94a4489" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf71b88b03e7f4cb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bdcaa6e49e944ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f98902ea6c94ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf71b88b03e7f4cb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radaf34ef3dbb47bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bdcaa6e49e944ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Metaverse - Virtual Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>68,531</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,675</x:t>
-[...328 lines deleted...]
-          <x:t>67,892</x:t>
+          <x:t>68,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>