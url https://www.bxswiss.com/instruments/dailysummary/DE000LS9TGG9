--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b04c4daa94a4489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97025e170293459a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bdcaa6e49e944ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc84703e20d2248e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radaf34ef3dbb47bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bdcaa6e49e944ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6c3764ae4764d52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc84703e20d2248e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Metaverse - Virtual Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>68,295</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>