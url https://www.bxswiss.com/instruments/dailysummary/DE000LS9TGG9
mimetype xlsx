--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97025e170293459a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ef39b752b204d92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc84703e20d2248e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ba1cb1518a443d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6c3764ae4764d52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc84703e20d2248e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12d0cad00ac04a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ba1cb1518a443d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Metaverse - Virtual Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>