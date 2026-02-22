--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ef39b752b204d92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc79ebe3c7bd64e09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ba1cb1518a443d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3ac8a5f06f84868"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12d0cad00ac04a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ba1cb1518a443d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9dec8178ef749e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3ac8a5f06f84868" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Metaverse - Virtual Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>72,893</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>