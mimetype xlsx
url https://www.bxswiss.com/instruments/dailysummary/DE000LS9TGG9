--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc79ebe3c7bd64e09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ab6104bf93b4bd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3ac8a5f06f84868"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8be1792c93954ecd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9dec8178ef749e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3ac8a5f06f84868" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4f2456a7ab3494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8be1792c93954ecd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Metaverse - Virtual Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>