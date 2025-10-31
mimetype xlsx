--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R478f4d75c8654e6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9474ec6d463b4633" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R693af5904094487f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08d68f80336b4700"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R415bced5a7a34883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R693af5904094487f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb27bc575af4d48e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08d68f80336b4700" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Yolohama Smart Beta</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>153,313</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,547</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>152,556</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>