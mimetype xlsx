--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9474ec6d463b4633" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2dabb3a03f84d76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08d68f80336b4700"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5deba4e250a44387"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb27bc575af4d48e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08d68f80336b4700" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6666dc6f0ade41df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5deba4e250a44387" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Yolohama Smart Beta</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,581 +149,176 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>152,556</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,072</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...398 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,510</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>