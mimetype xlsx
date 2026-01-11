--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2dabb3a03f84d76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dfcb71c25b74c7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5deba4e250a44387"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b3eaf5480874f8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6666dc6f0ade41df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5deba4e250a44387" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e8ee542a38c4ba2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b3eaf5480874f8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Yolohama Smart Beta</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>155,106</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>