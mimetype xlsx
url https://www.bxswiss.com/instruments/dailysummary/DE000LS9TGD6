--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dfcb71c25b74c7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56f02e24e6f1492b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b3eaf5480874f8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2818962e7684924"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e8ee542a38c4ba2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b3eaf5480874f8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c37f86900a4501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2818962e7684924" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Yolohama Smart Beta</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>149,699</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>