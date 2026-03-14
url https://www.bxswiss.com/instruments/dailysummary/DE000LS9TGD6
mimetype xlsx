--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56f02e24e6f1492b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bff3c452e144572" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2818962e7684924"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1b75e6f54e1454a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c37f86900a4501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2818962e7684924" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R909d8d56892f4aec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1b75e6f54e1454a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Yolohama Smart Beta</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>147,174</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,886</x:t>
-[...416 lines deleted...]
-          <x:t>144,199</x:t>
+          <x:t>147,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,201</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>143,987</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>