--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f9d28d132ec4c0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad0862799764b55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b40daefc5b4fc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reeabb48f602f440d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b65474a73374aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b40daefc5b4fc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea1dfa39d99c4d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reeabb48f602f440d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voturatradings Tech Focus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,528</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>