--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad0862799764b55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c5514ff269a4ed2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reeabb48f602f440d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcb29d386fdf4b8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea1dfa39d99c4d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reeabb48f602f440d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R288a7f5e2e7b402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcb29d386fdf4b8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voturatradings Tech Focus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>146,303</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,924</x:t>
-[...571 lines deleted...]
-          <x:t>151,596</x:t>
+          <x:t>144,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>