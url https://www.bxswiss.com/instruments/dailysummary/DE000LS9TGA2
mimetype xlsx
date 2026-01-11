--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c5514ff269a4ed2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae8dd5b533fa4c21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcb29d386fdf4b8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88c19025f2b44f3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R288a7f5e2e7b402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcb29d386fdf4b8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref46088ecc304b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88c19025f2b44f3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voturatradings Tech Focus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>