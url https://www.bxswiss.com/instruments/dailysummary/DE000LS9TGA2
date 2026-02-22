--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae8dd5b533fa4c21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e0a7a86a5414d3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88c19025f2b44f3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red2c797888494eb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref46088ecc304b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88c19025f2b44f3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e7a8d09c29c405a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red2c797888494eb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voturatradings Tech Focus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>145,549</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>