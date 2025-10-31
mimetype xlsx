--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c72d45d80134b50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8524f31db2a24274" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fc634912768497b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9f1f470b5534396"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00cb8334115c4243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fc634912768497b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d0f9dafc4d64264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9f1f470b5534396" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Essen superfood healthy meatless</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>42,719</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,661</x:t>
-[...129 lines deleted...]
-          <x:t>42,081</x:t>
+          <x:t>42,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,189</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>42,524</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>