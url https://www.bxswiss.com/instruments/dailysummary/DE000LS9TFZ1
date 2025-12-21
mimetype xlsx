--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8524f31db2a24274" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90289171fef54967" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9f1f470b5534396"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dfb080fa1034852"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d0f9dafc4d64264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9f1f470b5534396" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83c7971ec4474349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dfb080fa1034852" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Essen superfood healthy meatless</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,024</x:t>
-[...242 lines deleted...]
-          <x:t>41,692</x:t>
+          <x:t>41,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,442</x:t>
+          <x:t>41,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>