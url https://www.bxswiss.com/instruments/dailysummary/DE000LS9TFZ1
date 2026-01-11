--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90289171fef54967" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75b4a7d7b2be43e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dfb080fa1034852"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rede8a176adb94d43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83c7971ec4474349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dfb080fa1034852" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R474e35c65f4444ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rede8a176adb94d43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Essen superfood healthy meatless</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>41,190</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,162</x:t>
-[...16 lines deleted...]
-          <x:t>41,138</x:t>
+          <x:t>41,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,986</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>41,293</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,390</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>