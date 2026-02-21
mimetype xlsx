--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75b4a7d7b2be43e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c81a20f65dd453a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rede8a176adb94d43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf62f1145e7c4bd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R474e35c65f4444ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rede8a176adb94d43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72d21d81ba474286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf62f1145e7c4bd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Essen superfood healthy meatless</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,102</x:t>
-[...117 lines deleted...]
-          <x:t>41,677</x:t>
+          <x:t>41,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>