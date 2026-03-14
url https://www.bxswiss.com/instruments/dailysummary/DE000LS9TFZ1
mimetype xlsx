--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c81a20f65dd453a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e6ca6f9cd54bdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf62f1145e7c4bd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dc15b504420498f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72d21d81ba474286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf62f1145e7c4bd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda99620a57c94af6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dc15b504420498f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Essen superfood healthy meatless</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>42,114</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...80 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,866</x:t>
-[...225 lines deleted...]
-          <x:t>42,853</x:t>
+          <x:t>42,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>