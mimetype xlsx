--- v0 (2025-10-28)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36614956ad3f4884" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb9af55ac4504c64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb23cc9b54d9487d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27c45908adc14345"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18dc23bc33814597" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb23cc9b54d9487d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re909736e4aa54157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27c45908adc14345" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANGMAN Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>576,873</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>569,119</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>559,183</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>561,678</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>580,512</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>