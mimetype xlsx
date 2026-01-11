--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb9af55ac4504c64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R706aa4ff500c44df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27c45908adc14345"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8111b15d86bc4cc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re909736e4aa54157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27c45908adc14345" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R616beb43afdd4f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8111b15d86bc4cc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANGMAN Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>573,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>574,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>563,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>566,627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>547,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>554,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>545,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>552,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>