--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R706aa4ff500c44df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R844c072e4dec4e92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8111b15d86bc4cc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33c5f7122af94d8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R616beb43afdd4f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8111b15d86bc4cc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6db09ccfaa14296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33c5f7122af94d8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANGMAN Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>566,270</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>