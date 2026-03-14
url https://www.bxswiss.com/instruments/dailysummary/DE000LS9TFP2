--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R844c072e4dec4e92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d7c49842115458b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33c5f7122af94d8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bbbad589d1548a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6db09ccfaa14296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33c5f7122af94d8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91088466ff264999" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bbbad589d1548a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANGMAN Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>541,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>543,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>534,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>538,158</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>531,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>535,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>527,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>532,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>