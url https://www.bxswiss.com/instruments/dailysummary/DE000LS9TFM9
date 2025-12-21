--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ceff159b8394533" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc844bf48a544e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b88615ec05642b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf639bc5243d049e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64638fa9c9a24108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b88615ec05642b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44aec3e4e86a4ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf639bc5243d049e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trefosy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>92,762</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,109</x:t>
-[...166 lines deleted...]
-          <x:t>93,862</x:t>
+          <x:t>93,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>