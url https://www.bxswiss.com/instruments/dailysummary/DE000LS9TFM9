--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc844bf48a544e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82873c48bd0943b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf639bc5243d049e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref8e076d85734874"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44aec3e4e86a4ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf639bc5243d049e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36367bca4ce042f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref8e076d85734874" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trefosy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,237</x:t>
-[...436 lines deleted...]
-          <x:t>91,695</x:t>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
-[...73 lines deleted...]
-          <x:t>92,202</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>