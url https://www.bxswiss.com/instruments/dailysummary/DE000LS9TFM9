--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82873c48bd0943b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02043ca5016e4a36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref8e076d85734874"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e5ae8beb664730"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36367bca4ce042f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref8e076d85734874" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5d059559b6d4be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e5ae8beb664730" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trefosy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>91,534</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,952</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>93,779</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>