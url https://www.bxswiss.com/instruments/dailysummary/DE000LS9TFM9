--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02043ca5016e4a36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7227a27a50848a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e5ae8beb664730"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1acb8fea51a6448d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5d059559b6d4be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e5ae8beb664730" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3c21e4e2f27422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1acb8fea51a6448d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trefosy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>92,524</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,228</x:t>
-[...16 lines deleted...]
-          <x:t>92,991</x:t>
+          <x:t>92,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,030</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...477 lines deleted...]
-          <x:t>92,882</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,827</x:t>
-[...4 lines deleted...]
-          <x:t>93,030</x:t>
+          <x:t>92,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>