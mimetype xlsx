--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda4a58935bba4887" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R642a8a6dd1bb48f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45e3a1f55e7c4f4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdecdf6e6a4341f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R635d8922c4434f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45e3a1f55e7c4f4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R718556479c524f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdecdf6e6a4341f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ritter der Ruesselrunde</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>