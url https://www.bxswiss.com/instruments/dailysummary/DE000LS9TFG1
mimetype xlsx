--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R642a8a6dd1bb48f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57524050114c4e34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdecdf6e6a4341f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6a2bddb1259467c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R718556479c524f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdecdf6e6a4341f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb96309abfa234c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6a2bddb1259467c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ritter der Ruesselrunde</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>97,686</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>