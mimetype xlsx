--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57524050114c4e34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13a4ca7790514084" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6a2bddb1259467c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfc376582a7040c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb96309abfa234c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6a2bddb1259467c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R624760b25a3143b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfc376582a7040c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ritter der Ruesselrunde</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,879</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>