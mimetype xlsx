--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13a4ca7790514084" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f4a1336efc24937" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfc376582a7040c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d9cfc5d22d84035"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R624760b25a3143b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfc376582a7040c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca7e807cf58f4bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d9cfc5d22d84035" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ritter der Ruesselrunde</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,214</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>