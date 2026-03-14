--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f4a1336efc24937" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0af46167d1e4e15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d9cfc5d22d84035"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32610924f6cf490b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca7e807cf58f4bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d9cfc5d22d84035" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R250228c6fe084def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32610924f6cf490b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ritter der Ruesselrunde</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>