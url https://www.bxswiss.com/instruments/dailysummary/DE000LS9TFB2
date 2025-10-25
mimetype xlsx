--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re63558af3fe241e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c526f5f2630411c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ec6c266837b4c18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bf1f3a4f5d94c7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eaf931e99364ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ec6c266837b4c18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d781250613744d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bf1f3a4f5d94c7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kraftprotze-mit-Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,263</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>