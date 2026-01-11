--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c526f5f2630411c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fc7aa9423c3418e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bf1f3a4f5d94c7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48c50c80c2f54952"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d781250613744d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bf1f3a4f5d94c7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12825749d0e845fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48c50c80c2f54952" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kraftprotze-mit-Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,878</x:t>
-[...360 lines deleted...]
-          <x:t>102,097</x:t>
+          <x:t>102,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>