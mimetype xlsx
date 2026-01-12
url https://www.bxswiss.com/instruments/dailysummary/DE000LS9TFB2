--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fc7aa9423c3418e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb502264380db4aeb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48c50c80c2f54952"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fc7537086934ba3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12825749d0e845fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48c50c80c2f54952" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R228177b9acfa467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fc7537086934ba3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kraftprotze-mit-Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>