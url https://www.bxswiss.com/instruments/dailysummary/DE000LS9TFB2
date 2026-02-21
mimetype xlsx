--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb502264380db4aeb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R813a991572624a15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fc7537086934ba3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeee42ced30f446f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R228177b9acfa467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fc7537086934ba3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e10b82599584cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeee42ced30f446f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kraftprotze-mit-Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>106,322</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>