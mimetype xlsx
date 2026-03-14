--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R813a991572624a15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R108a8c96f8c14a46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeee42ced30f446f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9828cd42fb744df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e10b82599584cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeee42ced30f446f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a004a94345c48bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9828cd42fb744df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kraftprotze-mit-Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TFB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>