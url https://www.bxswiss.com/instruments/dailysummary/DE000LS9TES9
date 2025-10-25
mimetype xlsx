--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f87b4a1b564514" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8583029eae8744b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1c7327554d449bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98bbf5b838444054"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R130236ba930b4a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1c7327554d449bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4fb5b3d5164405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98bbf5b838444054" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SKALAR Minimum Volatility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TES9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>141,645</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,026</x:t>
-[...254 lines deleted...]
-          <x:t>140,031</x:t>
+          <x:t>141,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,402</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>141,180</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>