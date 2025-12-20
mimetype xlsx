--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8583029eae8744b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e653770cb4344ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98bbf5b838444054"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f464586eebf4138"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4fb5b3d5164405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98bbf5b838444054" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a6f4b1fba664d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f464586eebf4138" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SKALAR Minimum Volatility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TES9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,863</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>