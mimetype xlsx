--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e653770cb4344ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a53fc55e25742f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f464586eebf4138"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf45d7a7a7a754efb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a6f4b1fba664d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f464586eebf4138" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99cba3fe8b5f42fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf45d7a7a7a754efb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SKALAR Minimum Volatility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TES9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,243</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>