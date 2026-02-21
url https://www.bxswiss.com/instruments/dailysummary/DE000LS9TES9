--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a53fc55e25742f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff3ff46b84304f99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf45d7a7a7a754efb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe6bdd7d9d9644d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99cba3fe8b5f42fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf45d7a7a7a754efb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd6d644b24ec4d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe6bdd7d9d9644d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SKALAR Minimum Volatility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TES9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>137,521</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>