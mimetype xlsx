--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68109835de74013" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b15c4151e3492c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ad4187f68ae4bbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1954a0b2628a482c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4568f180c0204f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ad4187f68ae4bbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8da653f10a142ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1954a0b2628a482c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Granit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>109,587</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>