--- v1 (2025-12-20)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b15c4151e3492c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ee698b9fade4805" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1954a0b2628a482c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02a4ba12fd1640d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8da653f10a142ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1954a0b2628a482c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a4de7f541894731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02a4ba12fd1640d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Granit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,902</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,820</x:t>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>