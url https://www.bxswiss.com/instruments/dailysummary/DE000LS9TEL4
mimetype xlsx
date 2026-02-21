--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ee698b9fade4805" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4de822fd1a66409e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02a4ba12fd1640d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58041440e3c445d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a4de7f541894731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02a4ba12fd1640d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R116f8c6b639a4e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58041440e3c445d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Granit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,969</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>30.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,035</x:t>
-[...70 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>108,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>110,594</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>