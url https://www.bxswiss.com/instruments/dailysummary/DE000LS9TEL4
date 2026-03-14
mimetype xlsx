--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4de822fd1a66409e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b8db742d3ab4b83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58041440e3c445d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re46ba01409e1454e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R116f8c6b639a4e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58041440e3c445d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra73b3b5d46a2408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re46ba01409e1454e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Granit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>106,740</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,647</x:t>
-[...409 lines deleted...]
-          <x:t>110,354</x:t>
+          <x:t>107,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>