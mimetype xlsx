--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf19a783b5cc748fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbb54176e7f449bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3131bfbbd5e4ada"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc61a08424bb24c17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re152058e4bab4e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3131bfbbd5e4ada" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3313a5866d7541c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc61a08424bb24c17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Sharpe-Momentum World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>