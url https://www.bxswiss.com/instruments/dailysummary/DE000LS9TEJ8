--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbb54176e7f449bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73722e60afb043d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc61a08424bb24c17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2612d3554f7a4a32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3313a5866d7541c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc61a08424bb24c17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06924697e31a466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2612d3554f7a4a32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Sharpe-Momentum World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>