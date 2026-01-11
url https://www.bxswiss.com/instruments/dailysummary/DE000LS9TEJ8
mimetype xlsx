--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73722e60afb043d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad51dbf593df408a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2612d3554f7a4a32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27986d8f72cf4d67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06924697e31a466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2612d3554f7a4a32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d865b8da0784a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27986d8f72cf4d67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Sharpe-Momentum World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...360 lines deleted...]
-          <x:t>145,677</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,220</x:t>
-[...269 lines deleted...]
-          <x:t>138,895</x:t>
+          <x:t>140,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>