--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad51dbf593df408a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c5f888a2fd149c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27986d8f72cf4d67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb254e3f522b741e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d865b8da0784a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27986d8f72cf4d67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd992aa459a384426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb254e3f522b741e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Sharpe-Momentum World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>140,873</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>