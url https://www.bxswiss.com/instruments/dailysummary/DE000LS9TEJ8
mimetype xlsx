--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c5f888a2fd149c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbd98795430b463a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb254e3f522b741e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd54f80402e24dde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd992aa459a384426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb254e3f522b741e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79ed44e9ac743f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd54f80402e24dde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Sharpe-Momentum World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>137,593</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,313</x:t>
-[...528 lines deleted...]
-        <x:is>
           <x:t>136,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,134</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>