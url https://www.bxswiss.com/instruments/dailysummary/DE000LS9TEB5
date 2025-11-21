--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd86a61d8ac724dd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79280244347a4491" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29377e7381434e1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2ac57f3d8bd47c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b86c3e01604442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29377e7381434e1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R798bc6154fcf4de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2ac57f3d8bd47c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SophiaMom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>114,338</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>09.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,588</x:t>
-[...161 lines deleted...]
-          <x:t>113,286</x:t>
+          <x:t>113,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,036</x:t>
-[...173 lines deleted...]
-          <x:t>113,852</x:t>
+          <x:t>113,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,637</x:t>
-[...139 lines deleted...]
-          <x:t>116,049</x:t>
+          <x:t>114,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>