--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79280244347a4491" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5548451ab41341f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2ac57f3d8bd47c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R865f884be17b4871"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R798bc6154fcf4de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2ac57f3d8bd47c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re193c4d8c3f6411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R865f884be17b4871" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SophiaMom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>114,243</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,126</x:t>
-[...593 lines deleted...]
-          <x:t>113,386</x:t>
+          <x:t>114,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>