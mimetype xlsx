--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5548451ab41341f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rced3bea0c9574d9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R865f884be17b4871"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdecb223e96247ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re193c4d8c3f6411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R865f884be17b4871" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a7745eeda5e4d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdecb223e96247ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SophiaMom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>116,949</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,611</x:t>
-[...254 lines deleted...]
-          <x:t>117,097</x:t>
+          <x:t>116,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,838</x:t>
-[...139 lines deleted...]
-          <x:t>116,062</x:t>
+          <x:t>118,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>