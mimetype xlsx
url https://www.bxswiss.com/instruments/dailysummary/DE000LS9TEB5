--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rced3bea0c9574d9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2084b537c1344ea0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdecb223e96247ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9847888e3e94b5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a7745eeda5e4d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdecb223e96247ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94b92bd8fee74e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9847888e3e94b5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SophiaMom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>115,835</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,845</x:t>
-        </x:is>
-[...187 lines deleted...]
-          <x:t>118,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>