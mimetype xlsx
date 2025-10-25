--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6840efd82a7742fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8098f7c6f0b944e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9a4df205cfa47ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b310718938c4e00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R630dfb81c76a4764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9a4df205cfa47ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60c6d1a9b4d44e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b310718938c4e00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Market Analytics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,383</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>