--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8098f7c6f0b944e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7ea7456dc284a67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b310718938c4e00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d34ae4178994927"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60c6d1a9b4d44e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b310718938c4e00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recd2b9377d464fd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d34ae4178994927" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Market Analytics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>146,487</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,849</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-          <x:t>08.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,363</x:t>
-[...333 lines deleted...]
-          <x:t>148,017</x:t>
+          <x:t>150,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>