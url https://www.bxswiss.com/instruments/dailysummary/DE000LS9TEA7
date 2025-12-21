--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7ea7456dc284a67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3861905d074a46f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d34ae4178994927"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70a1fea49b6a47c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recd2b9377d464fd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d34ae4178994927" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra52ffd7361984d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70a1fea49b6a47c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Market Analytics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>147,876</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,564</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...607 lines deleted...]
-          <x:t>149,208</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,389</x:t>
-[...4 lines deleted...]
-          <x:t>150,266</x:t>
+          <x:t>148,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>