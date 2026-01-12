--- v3 (2025-12-21)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3861905d074a46f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7359cf66784342f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70a1fea49b6a47c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R592e4e7a7ed4452f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra52ffd7361984d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70a1fea49b6a47c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99d7414131234ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R592e4e7a7ed4452f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Market Analytics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>