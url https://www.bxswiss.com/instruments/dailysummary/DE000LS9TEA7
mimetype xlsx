--- v4 (2026-01-12)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7359cf66784342f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0084375d01a842f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R592e4e7a7ed4452f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50faa75c97834a7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99d7414131234ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R592e4e7a7ed4452f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8950e626952a41c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50faa75c97834a7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Market Analytics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TEA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>161,161</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>