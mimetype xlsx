--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0795a0fbe3bb4f59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a1f4782aa544a0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d8b2f9cee8e4d90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4adf75f9f8d741ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra890e514569641e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d8b2f9cee8e4d90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5251867fa9d4343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4adf75f9f8d741ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Stocks Diversification</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>85,401</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,135</x:t>
-[...339 lines deleted...]
-        <x:is>
           <x:t>85,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,351</x:t>
-[...225 lines deleted...]
-          <x:t>85,679</x:t>
+          <x:t>85,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>