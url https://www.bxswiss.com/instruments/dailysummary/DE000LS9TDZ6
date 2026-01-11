--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a1f4782aa544a0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25ca64e4c2234524" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4adf75f9f8d741ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7329ed9347e46dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5251867fa9d4343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4adf75f9f8d741ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd7b20cc41204f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7329ed9347e46dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Stocks Diversification</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,602</x:t>
-[...468 lines deleted...]
-          <x:t>85,452</x:t>
+          <x:t>85,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>