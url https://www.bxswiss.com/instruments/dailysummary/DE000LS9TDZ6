--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25ca64e4c2234524" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83f87febf354882" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7329ed9347e46dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa837b5d2c814ddd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd7b20cc41204f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7329ed9347e46dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a2e64a0b9204b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa837b5d2c814ddd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Stocks Diversification</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>86,766</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>