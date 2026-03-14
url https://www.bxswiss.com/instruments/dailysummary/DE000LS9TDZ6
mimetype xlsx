--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83f87febf354882" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R892b6c2820d34761" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa837b5d2c814ddd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf063687d441f44f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a2e64a0b9204b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa837b5d2c814ddd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec424479ff284e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf063687d441f44f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Stocks Diversification</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>81,476</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,595</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>81,542</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>