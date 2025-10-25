--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree11d2433a1b494a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R446075690293425a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra960e83910d9421a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12e320a2b14d46b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa7e02433af04d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra960e83910d9421a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b9c33eb9d654682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12e320a2b14d46b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Individual Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>224,862</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>224,375</x:t>
-[...463 lines deleted...]
-          <x:t>227,712</x:t>
+          <x:t>225,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>