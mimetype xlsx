--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R446075690293425a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e75202301214a8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12e320a2b14d46b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reec8b2a5e3614113"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b9c33eb9d654682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12e320a2b14d46b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d04497298d84946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reec8b2a5e3614113" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Individual Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,524</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>