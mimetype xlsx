--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e75202301214a8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a569bcbdb8a4d67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reec8b2a5e3614113"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ea57fbf52af45b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d04497298d84946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reec8b2a5e3614113" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racf8ec4c65924288" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ea57fbf52af45b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Individual Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>222,446</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>