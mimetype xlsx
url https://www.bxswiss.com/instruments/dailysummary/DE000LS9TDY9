--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a569bcbdb8a4d67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf53c7401986c49db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ea57fbf52af45b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4896a7029bf44d28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racf8ec4c65924288" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ea57fbf52af45b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fcd92a8540f4a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4896a7029bf44d28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Individual Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>