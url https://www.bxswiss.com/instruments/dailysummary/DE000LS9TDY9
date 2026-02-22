--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf53c7401986c49db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1d4dea7a1094109" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4896a7029bf44d28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf43f82b7d49d4dff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fcd92a8540f4a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4896a7029bf44d28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b0d2d27c16746eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf43f82b7d49d4dff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Individual Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>224,145</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>