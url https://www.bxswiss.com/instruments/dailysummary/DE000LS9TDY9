--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1d4dea7a1094109" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8d0e4b3b5b84305" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf43f82b7d49d4dff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3ee0094d62740d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b0d2d27c16746eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf43f82b7d49d4dff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7405077d97544243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3ee0094d62740d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Individual Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>