--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4437a0b6daa4f59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12543e97f98249f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R163d12900ce74255"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87bd1d16d30a4cbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b24e40cbb774ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R163d12900ce74255" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b0a932ba4094574" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87bd1d16d30a4cbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voturatrading diversity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>