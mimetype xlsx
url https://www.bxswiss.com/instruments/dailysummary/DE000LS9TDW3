--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12543e97f98249f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4702ed9f76649f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87bd1d16d30a4cbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86119ac8068d44a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b0a932ba4094574" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87bd1d16d30a4cbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1670d96061814b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86119ac8068d44a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voturatrading diversity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,274</x:t>
-[...367 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>107,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,045</x:t>
-[...63 lines deleted...]
-          <x:t>106,182</x:t>
+          <x:t>106,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>