--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4702ed9f76649f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95be599d2a5d4711" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86119ac8068d44a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeb45778cf0e4c41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1670d96061814b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86119ac8068d44a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e86ceef5754404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeb45778cf0e4c41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voturatrading diversity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>109,082</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>