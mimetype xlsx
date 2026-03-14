--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95be599d2a5d4711" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7f82a341cbd46a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeb45778cf0e4c41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd5a480cbe77452b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e86ceef5754404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeb45778cf0e4c41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36318d98234c4c64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd5a480cbe77452b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voturatrading diversity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,227 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,474</x:t>
-[...246 lines deleted...]
-        <x:is>
           <x:t>104,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,091</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>