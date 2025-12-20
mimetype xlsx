--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9af8dc7b02e41f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4f25e13703c469b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R129c54e79eff4584"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d797fb3cdc944e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re46e8f3a54e846df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R129c54e79eff4584" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56ff53da06da4a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d797fb3cdc944e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>high quality factor stockpicking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...635 lines deleted...]
-          <x:t>148,808</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>