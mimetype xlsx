--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4f25e13703c469b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd685bc53cf74d62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d797fb3cdc944e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44427bfe3623493d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56ff53da06da4a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d797fb3cdc944e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59c5d7e8ea444f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44427bfe3623493d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>high quality factor stockpicking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,190</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,761</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>