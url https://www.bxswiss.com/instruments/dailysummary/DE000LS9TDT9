--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd685bc53cf74d62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88bc38574d2345fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44427bfe3623493d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f3c52381304ccb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59c5d7e8ea444f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44427bfe3623493d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3afa6416ebb4b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f3c52381304ccb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>high quality factor stockpicking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>158,007</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>