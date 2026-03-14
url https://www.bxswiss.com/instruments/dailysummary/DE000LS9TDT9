--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88bc38574d2345fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R874c6582b1434f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f3c52381304ccb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9269a98d1e7d4d78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3afa6416ebb4b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f3c52381304ccb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R284eca5cd49d4452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9269a98d1e7d4d78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>high quality factor stockpicking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,435</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>