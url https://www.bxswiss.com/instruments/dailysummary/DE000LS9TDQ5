--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ae6cb65a594d7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bd50dde9cc64a12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83565bedf89d447a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1289803c57ce45a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a5ed24bd4b4c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83565bedf89d447a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75611aed6e29401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1289803c57ce45a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobility Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,684</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>