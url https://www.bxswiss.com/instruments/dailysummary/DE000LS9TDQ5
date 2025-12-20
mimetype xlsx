--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bd50dde9cc64a12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0acb665aa8442ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1289803c57ce45a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9262321b9bf443b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75611aed6e29401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1289803c57ce45a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc394efdb19b04fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9262321b9bf443b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobility Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>63,570</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,684</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>64,967</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,499</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>65,482</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>