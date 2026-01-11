--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0acb665aa8442ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R626ed2dcda4c42ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9262321b9bf443b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8f473a0bf3b48c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc394efdb19b04fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9262321b9bf443b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc1c66b741db47ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8f473a0bf3b48c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobility Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>64,166</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,103</x:t>
-[...70 lines deleted...]
-          <x:t>64,361</x:t>
+          <x:t>64,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,121</x:t>
-[...328 lines deleted...]
-          <x:t>64,273</x:t>
+          <x:t>64,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>