--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R626ed2dcda4c42ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re20bd894036a4a86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8f473a0bf3b48c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2e87dd81c2c4a30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc1c66b741db47ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8f473a0bf3b48c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R980265c555464a6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2e87dd81c2c4a30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobility Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>64,875</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>