--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re20bd894036a4a86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3b479c1474b4899" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2e87dd81c2c4a30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81f9084652f147aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R980265c555464a6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2e87dd81c2c4a30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0464fd8a6a34287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81f9084652f147aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobility Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,493</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>