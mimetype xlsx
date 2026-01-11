--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3225fac8795f4936" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb611f86597248a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36f4318f451843bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe6eff019c034929"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1e17e03e04b484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36f4318f451843bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf392480667dc488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe6eff019c034929" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>72,497</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,388</x:t>
-[...65 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>72,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,351</x:t>
-[...468 lines deleted...]
-          <x:t>72,358</x:t>
+          <x:t>72,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>