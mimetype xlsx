--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb611f86597248a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9b6f44dfa4f48f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe6eff019c034929"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cd0261c5a164cca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf392480667dc488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe6eff019c034929" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bf7d5ac8813459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cd0261c5a164cca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>74,407</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,201</x:t>
-[...31 lines deleted...]
-          <x:t>75,167</x:t>
+          <x:t>75,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>