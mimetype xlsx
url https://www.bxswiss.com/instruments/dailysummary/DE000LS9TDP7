--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9b6f44dfa4f48f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0945d34fd074cf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cd0261c5a164cca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f2ab6040cbf4f1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bf7d5ac8813459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cd0261c5a164cca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dc75272b59c4945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f2ab6040cbf4f1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,446 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>74,288</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,509</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,510</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>