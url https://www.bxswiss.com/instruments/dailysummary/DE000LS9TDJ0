--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98ca0aeebc43496b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf910574c49e84343" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaa608c4bb8141d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ae029eded5d45ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3343a79d0cba4955" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaa608c4bb8141d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde736b0e77a5444d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ae029eded5d45ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>THE GREATEST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>90,111</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,473</x:t>
-[...146 lines deleted...]
-          <x:t>90,860</x:t>
+          <x:t>89,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,871</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>92,405</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>