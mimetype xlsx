--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf910574c49e84343" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6051bb60c42d45d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ae029eded5d45ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f6dbcf26c894a89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde736b0e77a5444d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ae029eded5d45ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc682dce804f48fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f6dbcf26c894a89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>THE GREATEST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>92,637</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>