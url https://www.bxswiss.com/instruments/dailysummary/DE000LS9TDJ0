--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6051bb60c42d45d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f5553835a44441f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f6dbcf26c894a89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd26f1454cad44da3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc682dce804f48fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f6dbcf26c894a89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f726c3f29ba4075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd26f1454cad44da3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>THE GREATEST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>96,145</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>