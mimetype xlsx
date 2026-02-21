--- v3 (2026-02-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f5553835a44441f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71b8b9eeb739436a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd26f1454cad44da3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfae57eee25e04105"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f726c3f29ba4075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd26f1454cad44da3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0f9ca1b80d144a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfae57eee25e04105" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>THE GREATEST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>