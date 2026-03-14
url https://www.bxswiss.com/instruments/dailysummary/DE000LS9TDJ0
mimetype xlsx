--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71b8b9eeb739436a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb9cfc1138884868" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfae57eee25e04105"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc16f22f5d468482b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0f9ca1b80d144a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfae57eee25e04105" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4248fc83a694c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc16f22f5d468482b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>THE GREATEST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>