--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb46c6e6043fe4874" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0d9b7f28259432a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3606b2fd00e1447b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82e32f42acad461b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R817741a2c65a499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3606b2fd00e1447b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39a6f7314eb245b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82e32f42acad461b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tourismus Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>217,011</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>215,031</x:t>
-[...274 lines deleted...]
-          <x:t>213,833</x:t>
+          <x:t>214,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>