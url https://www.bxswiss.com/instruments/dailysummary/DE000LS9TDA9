--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0d9b7f28259432a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a789e1edc9b4b83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82e32f42acad461b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca48c68b9ca1457d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39a6f7314eb245b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82e32f42acad461b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b4b2129f9a453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca48c68b9ca1457d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tourismus Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>215,678</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>