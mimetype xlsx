--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a789e1edc9b4b83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a45b5ccef024a4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca48c68b9ca1457d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c680828b54c471e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b4b2129f9a453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca48c68b9ca1457d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra798082d9d58460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c680828b54c471e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tourismus Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>220,245</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,819</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>238,321</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>