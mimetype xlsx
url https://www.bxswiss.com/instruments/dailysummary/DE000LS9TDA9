--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a45b5ccef024a4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3073fe86726e43da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c680828b54c471e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7baa0c1aa5da4df5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra798082d9d58460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c680828b54c471e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0b560fdf02f42e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7baa0c1aa5da4df5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tourismus Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TDA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>226,205</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>220,913</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>222,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,158</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,542</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>