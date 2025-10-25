--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R674093f7ecae4aa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb937b6b4716647db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R156bd6647ca44983"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0991d84b725d4af6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb5cb2f563a04e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R156bd6647ca44983" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf08b47ac6df4dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0991d84b725d4af6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoch die Haende Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,044</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>