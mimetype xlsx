--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb937b6b4716647db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97a7cfc2e1934468" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0991d84b725d4af6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2473aa941e274d25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf08b47ac6df4dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0991d84b725d4af6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R792589cccb3e4090" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2473aa941e274d25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoch die Haende Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>102,905</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,252</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>104,101</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>