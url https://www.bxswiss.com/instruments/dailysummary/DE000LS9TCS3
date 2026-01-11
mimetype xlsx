--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97a7cfc2e1934468" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d6855365d64224" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2473aa941e274d25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5977fc560ef40ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R792589cccb3e4090" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2473aa941e274d25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7030d26180ca4e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5977fc560ef40ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoch die Haende Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>107,081</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,417</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>107,167</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>