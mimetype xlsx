--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d6855365d64224" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R059da8121f3242d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5977fc560ef40ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c6466424bd044b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7030d26180ca4e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5977fc560ef40ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4966c2b8e5d64376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c6466424bd044b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoch die Haende Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>109,805</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>