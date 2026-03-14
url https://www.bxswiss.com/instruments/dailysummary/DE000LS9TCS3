--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R059da8121f3242d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2945979e5259449e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c6466424bd044b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29a81d160ed04378"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4966c2b8e5d64376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c6466424bd044b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdbde5e903e04680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29a81d160ed04378" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoch die Haende Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,737</x:t>
-[...224 lines deleted...]
-        <x:is>
           <x:t>112,353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,459</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>