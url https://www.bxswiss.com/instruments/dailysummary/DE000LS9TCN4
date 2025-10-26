--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb986009eb6c4a49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c3f1629aab34f38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R416e7d2820c642e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4837007321db4f73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4943d72d9d0d4f10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R416e7d2820c642e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R609dfaeacb314bac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4837007321db4f73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future1000x</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>