--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c3f1629aab34f38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc21ec471bb8b419f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4837007321db4f73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3b344fc31d74ea8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R609dfaeacb314bac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4837007321db4f73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0006cb7453940d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3b344fc31d74ea8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future1000x</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>212,257</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>