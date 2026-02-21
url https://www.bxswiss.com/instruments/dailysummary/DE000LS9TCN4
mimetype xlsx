--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc21ec471bb8b419f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8823351c77ff4a64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3b344fc31d74ea8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7365bf3786341ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0006cb7453940d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3b344fc31d74ea8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b11a8a14d2b4560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7365bf3786341ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future1000x</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>197,124</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>