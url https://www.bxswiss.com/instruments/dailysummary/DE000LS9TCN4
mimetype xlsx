--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8823351c77ff4a64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6160aefe25424cc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7365bf3786341ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4252f3701247481d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b11a8a14d2b4560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7365bf3786341ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5e56120e75e47a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4252f3701247481d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future1000x</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>