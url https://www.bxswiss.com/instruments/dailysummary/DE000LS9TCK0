--- v0 (2025-10-02)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec11a14eb98444c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab4875a9a784ac6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3553c1f8de046c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eaf73be49054b5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1a7d0870bfd4df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3553c1f8de046c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4528642faf0d4a1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eaf73be49054b5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>YWA Directors Dealings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>109,287</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,914</x:t>
-[...296 lines deleted...]
-          <x:t>110,351</x:t>
+          <x:t>108,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>