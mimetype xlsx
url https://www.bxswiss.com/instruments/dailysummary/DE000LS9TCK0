--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab4875a9a784ac6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb78264826c12479b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eaf73be49054b5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5263665fadb45f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4528642faf0d4a1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eaf73be49054b5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26b7a721bcc8439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5263665fadb45f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>YWA Directors Dealings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>111,138</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,538</x:t>
-[...274 lines deleted...]
-          <x:t>109,116</x:t>
+          <x:t>108,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>