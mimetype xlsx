--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb78264826c12479b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2e1382aa7024c22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5263665fadb45f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raedfffda3d424f36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26b7a721bcc8439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5263665fadb45f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f943eb087144a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raedfffda3d424f36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>YWA Directors Dealings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>