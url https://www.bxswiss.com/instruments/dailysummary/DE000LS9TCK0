--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2e1382aa7024c22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R059c16dc0d79462e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raedfffda3d424f36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf38ebfe89ffe4d09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f943eb087144a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raedfffda3d424f36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2e28f49fd73456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf38ebfe89ffe4d09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>YWA Directors Dealings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>115,336</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>