--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R059c16dc0d79462e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14fa0efc642743c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf38ebfe89ffe4d09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad0de84acab44d90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2e28f49fd73456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf38ebfe89ffe4d09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a87472d60d148b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad0de84acab44d90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>YWA Directors Dealings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>