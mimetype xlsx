--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc47809942d0f4074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c82198b6b1a4c10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f5690a298534eae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R714008752e7f477f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71e242b5f2454609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f5690a298534eae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58642a6aad594666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R714008752e7f477f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Gaming u. E-Sport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>100,631</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,427</x:t>
-[...436 lines deleted...]
-          <x:t>104,339</x:t>
+          <x:t>100,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,906</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>