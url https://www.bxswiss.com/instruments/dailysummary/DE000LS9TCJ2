--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c82198b6b1a4c10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reba0f7dd31dc4488" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R714008752e7f477f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76c172ae221e40df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58642a6aad594666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R714008752e7f477f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d29996720504113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76c172ae221e40df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Gaming u. E-Sport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>