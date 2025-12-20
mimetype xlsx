--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reba0f7dd31dc4488" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98dcc50ed71a4574" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76c172ae221e40df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92509d3301be4daf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d29996720504113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76c172ae221e40df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R926d286db91046a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92509d3301be4daf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Gaming u. E-Sport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,606 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>98,932</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>