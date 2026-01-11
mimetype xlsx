--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98dcc50ed71a4574" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree324fa38eab4ba8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92509d3301be4daf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8de91fbdd3994f14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R926d286db91046a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92509d3301be4daf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e111a12ddc945a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8de91fbdd3994f14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Gaming u. E-Sport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,415 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...363 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -724,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>