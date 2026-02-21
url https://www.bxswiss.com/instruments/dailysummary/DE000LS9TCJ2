--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree324fa38eab4ba8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6162a532e4624a98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8de91fbdd3994f14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88934403c01a42a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e111a12ddc945a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8de91fbdd3994f14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac8e2ca9850f49c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88934403c01a42a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Gaming u. E-Sport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>94,026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>