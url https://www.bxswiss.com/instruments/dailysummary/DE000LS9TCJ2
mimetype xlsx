--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6162a532e4624a98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ae9e9653275416d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88934403c01a42a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R950ecc08cf8d4966"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac8e2ca9850f49c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88934403c01a42a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R450056dfc9114533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R950ecc08cf8d4966" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Gaming u. E-Sport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>