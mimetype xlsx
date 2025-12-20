--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f07186357af4083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdffcb306d9b41b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61bf8371695f40f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a3bb0f568934d2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c12dc9437c34a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61bf8371695f40f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c6f0b05b2a04f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a3bb0f568934d2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienbuffet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>107,747</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,747</x:t>
-[...620 lines deleted...]
-          <x:t>119,284</x:t>
+          <x:t>107,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>