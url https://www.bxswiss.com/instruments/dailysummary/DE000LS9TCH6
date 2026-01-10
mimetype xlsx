--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdffcb306d9b41b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65d4ade3095f484e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a3bb0f568934d2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra07edeb21885407b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c6f0b05b2a04f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a3bb0f568934d2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c2310ebbbf440fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra07edeb21885407b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienbuffet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>106,074</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,142</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...533 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>