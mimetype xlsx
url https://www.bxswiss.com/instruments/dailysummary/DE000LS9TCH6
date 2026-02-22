--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65d4ade3095f484e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d60d4a52ef4cbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra07edeb21885407b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43e3b4793da044ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c2310ebbbf440fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra07edeb21885407b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb53f3ccb47754942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43e3b4793da044ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienbuffet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>109,054</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>