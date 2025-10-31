--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb0551e72f74412a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R355f30b5897c4b95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cc7d57616104987"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8158abe11c354182"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c1f17111df4cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cc7d57616104987" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e3fef2eb5b1455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8158abe11c354182" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vervielfachungspotenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>