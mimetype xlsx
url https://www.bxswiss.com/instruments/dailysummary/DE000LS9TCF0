--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R355f30b5897c4b95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R609bacf9bd5e43e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8158abe11c354182"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89139f4b6aaf45b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e3fef2eb5b1455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8158abe11c354182" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bcb2a6820b64745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89139f4b6aaf45b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vervielfachungspotenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>164,483</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,980</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>162,005</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>