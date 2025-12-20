--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R609bacf9bd5e43e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ddaeeb21af048c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89139f4b6aaf45b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8154449fdd7a4ad0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bcb2a6820b64745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89139f4b6aaf45b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac6e27a228c841c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8154449fdd7a4ad0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vervielfachungspotenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>