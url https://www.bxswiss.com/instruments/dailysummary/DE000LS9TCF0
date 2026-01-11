--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ddaeeb21af048c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57616ef0d28b401f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8154449fdd7a4ad0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R691b9026badc4883"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac6e27a228c841c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8154449fdd7a4ad0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58905f0980434c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R691b9026badc4883" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vervielfachungspotenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,508</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>