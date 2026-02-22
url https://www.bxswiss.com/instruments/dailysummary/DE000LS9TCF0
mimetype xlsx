--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57616ef0d28b401f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c0e19f6b67e48b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R691b9026badc4883"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R499d36cc589947ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58905f0980434c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R691b9026badc4883" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9b6df49fb9b4840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R499d36cc589947ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vervielfachungspotenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>164,335</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>