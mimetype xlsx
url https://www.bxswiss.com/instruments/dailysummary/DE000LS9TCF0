--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c0e19f6b67e48b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a9d18a391fa4031" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R499d36cc589947ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4942cfbed5f4410a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9b6df49fb9b4840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R499d36cc589947ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c036fdfe02943b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4942cfbed5f4410a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vervielfachungspotenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>161,502</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,127</x:t>
-[...274 lines deleted...]
-          <x:t>159,618</x:t>
+          <x:t>162,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>