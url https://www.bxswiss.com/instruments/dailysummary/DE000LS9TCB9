--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4f6eb61fdba416c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfc6540d88534873" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cd1e9327a574e45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R622dfd1759694ccd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7a80005b41b45ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cd1e9327a574e45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R371feea9f8f94d15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R622dfd1759694ccd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Reise und Freizeit passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>