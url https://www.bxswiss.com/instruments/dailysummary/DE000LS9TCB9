--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfc6540d88534873" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f5e35753e2e4c3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R622dfd1759694ccd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra620a0183e7f45ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R371feea9f8f94d15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R622dfd1759694ccd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf99e70610b4f4ac9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra620a0183e7f45ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Reise und Freizeit passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,606 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>