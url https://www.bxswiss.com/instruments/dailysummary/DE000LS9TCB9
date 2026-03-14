--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f5e35753e2e4c3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdc7eb7b3b014c0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra620a0183e7f45ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R756f378ee2d64a73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf99e70610b4f4ac9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra620a0183e7f45ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b8921c11fd74b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R756f378ee2d64a73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Reise und Freizeit passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TCB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,388 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...336 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,781</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -724,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>