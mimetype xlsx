--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R076e9cb8af7b444a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49ceda4a48db4be5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd041e77c2c2d4951"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30c32c5ec6ac49cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9064c96f6eac4cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd041e77c2c2d4951" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80387d1c8ec54a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30c32c5ec6ac49cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanzwerte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,138</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>