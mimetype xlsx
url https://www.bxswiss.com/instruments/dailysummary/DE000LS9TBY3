--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49ceda4a48db4be5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1be2b018fcf24a5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30c32c5ec6ac49cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f47f95e2b1b4918"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80387d1c8ec54a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30c32c5ec6ac49cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R263f918567e54c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f47f95e2b1b4918" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanzwerte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>