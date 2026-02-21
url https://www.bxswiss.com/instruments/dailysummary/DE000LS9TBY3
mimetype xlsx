--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1be2b018fcf24a5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6785da8a02584dd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f47f95e2b1b4918"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc2474b95b3148ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R263f918567e54c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f47f95e2b1b4918" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe239d75f84d4dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc2474b95b3148ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanzwerte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>114,919</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>