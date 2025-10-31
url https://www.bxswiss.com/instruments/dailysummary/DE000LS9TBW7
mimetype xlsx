--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c5ea6ca6a2b47ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63ebca8208b24413" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf971da2e804a4969"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67b2ed9e9fe64981"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8178886ba5244722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf971da2e804a4969" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74d771a8b9dc4e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67b2ed9e9fe64981" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Factor Model Nasdaq100-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>