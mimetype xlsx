--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63ebca8208b24413" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac76b37b4ae0455c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67b2ed9e9fe64981"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4abc2efbc87f4d98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74d771a8b9dc4e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67b2ed9e9fe64981" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f9cb91d3e6443dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4abc2efbc87f4d98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Factor Model Nasdaq100-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,867</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>