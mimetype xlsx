--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac76b37b4ae0455c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R078fed6c61a14d94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4abc2efbc87f4d98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff734b788bfc46b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f9cb91d3e6443dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4abc2efbc87f4d98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8c9b1fee8c44c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff734b788bfc46b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Factor Model Nasdaq100-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,011</x:t>
-[...468 lines deleted...]
-          <x:t>148,894</x:t>
+          <x:t>150,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>