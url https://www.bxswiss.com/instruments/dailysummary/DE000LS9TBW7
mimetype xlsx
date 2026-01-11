--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R078fed6c61a14d94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc896c7c9075e46b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff734b788bfc46b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62758294629b4f22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8c9b1fee8c44c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff734b788bfc46b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92045d1f9d6d4464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62758294629b4f22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Factor Model Nasdaq100-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>