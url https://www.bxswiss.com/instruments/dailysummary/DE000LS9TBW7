--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc896c7c9075e46b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb37e7760e224114" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62758294629b4f22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R693975e567c24131"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92045d1f9d6d4464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62758294629b4f22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5b9f8b41c9d4665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R693975e567c24131" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Factor Model Nasdaq100-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>163,963</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>