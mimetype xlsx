--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb37e7760e224114" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96a07863a0e74b44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R693975e567c24131"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ec79aa529cc47d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5b9f8b41c9d4665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R693975e567c24131" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf1d3d7b8dc3441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ec79aa529cc47d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Factor Model Nasdaq100-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>159,572</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,242</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>159,173</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.02.2026</x:t>
-[...397 lines deleted...]
-          <x:t>161,142</x:t>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>