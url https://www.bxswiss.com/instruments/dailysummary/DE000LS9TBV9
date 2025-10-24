--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2982acbb3ca4549" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca5a2c8bf4794981" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6717b6ec771b4361"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd10074f15e74c9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7244ef4bd4654b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6717b6ec771b4361" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a721933e54b4606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd10074f15e74c9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks Global Zukunft Gegenwart</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>