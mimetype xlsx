--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca5a2c8bf4794981" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aa51608a4db4ec9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd10074f15e74c9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e282c9daf9e498b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a721933e54b4606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd10074f15e74c9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cf8f5934c574f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e282c9daf9e498b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks Global Zukunft Gegenwart</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>