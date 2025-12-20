--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aa51608a4db4ec9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R562432ed2d7e42ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e282c9daf9e498b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R216dc0988ead440d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cf8f5934c574f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e282c9daf9e498b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d31ae3b647945cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R216dc0988ead440d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks Global Zukunft Gegenwart</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...153 lines deleted...]
-          <x:t>12.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>