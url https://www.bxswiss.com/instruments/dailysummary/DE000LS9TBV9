--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R562432ed2d7e42ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7ed2e18d4aa42d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R216dc0988ead440d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red63864999864b78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d31ae3b647945cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R216dc0988ead440d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd11e6f38eda48e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red63864999864b78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks Global Zukunft Gegenwart</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>85,929</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,559</x:t>
-[...151 lines deleted...]
-          <x:t>85,953</x:t>
+          <x:t>86,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,651</x:t>
-[...85 lines deleted...]
-          <x:t>86,453</x:t>
+          <x:t>86,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>