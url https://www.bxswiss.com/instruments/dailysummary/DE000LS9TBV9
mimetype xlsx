--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7ed2e18d4aa42d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ae9d922a7b4492" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red63864999864b78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb4c43a915174d5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd11e6f38eda48e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red63864999864b78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R248fa9fa41bc466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb4c43a915174d5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks Global Zukunft Gegenwart</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,391</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>88,959</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>