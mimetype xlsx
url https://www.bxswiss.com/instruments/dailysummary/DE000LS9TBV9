--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ae9d922a7b4492" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e9eec85d0fb4d5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb4c43a915174d5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a207e965d234c5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R248fa9fa41bc466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb4c43a915174d5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R650c44ffb441434a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a207e965d234c5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks Global Zukunft Gegenwart</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>