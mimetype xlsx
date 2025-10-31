--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R026057cb61774100" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78b87cd9c4064680" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd6de2857c8b40e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30c75937fb5d4e21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R756baea08be44add" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd6de2857c8b40e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R823855a426224ac4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30c75937fb5d4e21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Stocks Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>161,995</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>160,876</x:t>
-[...134 lines deleted...]
-          <x:t>163,467</x:t>
+          <x:t>160,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>