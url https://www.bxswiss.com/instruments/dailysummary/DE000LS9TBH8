--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78b87cd9c4064680" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82f378ae34ee4dc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30c75937fb5d4e21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cf40e4f336c4a4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R823855a426224ac4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30c75937fb5d4e21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9fa902ce46f4eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cf40e4f336c4a4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Stocks Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>