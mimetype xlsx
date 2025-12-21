--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82f378ae34ee4dc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804ebc4093274f65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cf40e4f336c4a4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f7beee5e8c24a3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9fa902ce46f4eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cf40e4f336c4a4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a90aa43e3854c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f7beee5e8c24a3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Stocks Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,351</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>