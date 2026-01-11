--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804ebc4093274f65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8498eed45f5645cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f7beee5e8c24a3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R106ed2010f014534"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a90aa43e3854c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f7beee5e8c24a3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6676e6a5b11a482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R106ed2010f014534" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Stocks Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>158,810</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,882</x:t>
-[...404 lines deleted...]
-          <x:t>155,525</x:t>
+          <x:t>157,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>