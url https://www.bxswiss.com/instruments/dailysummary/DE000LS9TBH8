--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8498eed45f5645cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b3f6b2149ed4c34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R106ed2010f014534"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a05945ad44e4eff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6676e6a5b11a482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R106ed2010f014534" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R727dd84ac92240b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a05945ad44e4eff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Stocks Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>157,324</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>