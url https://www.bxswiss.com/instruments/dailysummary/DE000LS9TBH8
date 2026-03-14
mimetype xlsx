--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b3f6b2149ed4c34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa6d0fa1c41542e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a05945ad44e4eff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R547211c736324e3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R727dd84ac92240b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a05945ad44e4eff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fdecddebb5f4278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R547211c736324e3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Stocks Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>