--- v0 (2025-10-31)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09efb809c5a94a74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e9fdd74f6444394" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2b4922e7ece455f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea36a51da12c4683"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f3a37a0eb3c4b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2b4922e7ece455f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eb605d794864a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea36a51da12c4683" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Welt - ValueGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>85,568</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>