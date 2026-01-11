--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e9fdd74f6444394" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13447cd831eb471b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea36a51da12c4683"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67cedb88a7734725"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eb605d794864a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea36a51da12c4683" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8b0068c7000468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67cedb88a7734725" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Welt - ValueGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,254</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>