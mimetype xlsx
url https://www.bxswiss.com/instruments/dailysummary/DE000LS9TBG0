--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13447cd831eb471b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R649873e6933d41ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67cedb88a7734725"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R421c80b161b54684"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8b0068c7000468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67cedb88a7734725" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63caefb359104556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R421c80b161b54684" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Welt - ValueGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>78,596</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,179</x:t>
-[...188 lines deleted...]
-          <x:t>79,561</x:t>
+          <x:t>76,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>