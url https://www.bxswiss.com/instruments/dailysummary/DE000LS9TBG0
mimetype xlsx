--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R649873e6933d41ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c9c43f67eb04362" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R421c80b161b54684"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7be008a52a98453c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63caefb359104556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R421c80b161b54684" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0e04cf87c0648c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7be008a52a98453c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Welt - ValueGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TBG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,967</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>