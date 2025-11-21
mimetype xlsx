--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fc754b366804ebc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45454f9018404d02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeaf4cdd7de049c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b1ba3144b8f4963"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fd39012efc7414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeaf4cdd7de049c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0770f0f889746d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b1ba3144b8f4963" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendenMaxx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>99,849</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,491</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>99,926</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>