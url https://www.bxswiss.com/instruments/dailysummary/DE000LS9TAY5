--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45454f9018404d02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc04ec31430814eb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b1ba3144b8f4963"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf00b3da272944c0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0770f0f889746d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b1ba3144b8f4963" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R069542bcb7a94610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf00b3da272944c0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendenMaxx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>