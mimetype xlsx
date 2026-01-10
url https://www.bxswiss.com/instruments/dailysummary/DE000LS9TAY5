--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc04ec31430814eb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d12de47f6504879" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf00b3da272944c0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3709604b9fd146ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R069542bcb7a94610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf00b3da272944c0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90bb5a162ca04c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3709604b9fd146ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendenMaxx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,735</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>