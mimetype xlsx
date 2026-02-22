--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d12de47f6504879" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re038e1cae91641b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3709604b9fd146ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fa3a6f712804b3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90bb5a162ca04c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3709604b9fd146ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f00d6f3ab2d4a33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fa3a6f712804b3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendenMaxx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>105,159</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>