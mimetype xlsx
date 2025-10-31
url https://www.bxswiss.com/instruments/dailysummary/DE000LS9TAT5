--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb4af1473664500" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b9d2bbf494446f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9842960c7b3c493e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d14eccfcb214f3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b96501d7d564f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9842960c7b3c493e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65d59162fd144b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d14eccfcb214f3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,978</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>67,534</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>69,686</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>