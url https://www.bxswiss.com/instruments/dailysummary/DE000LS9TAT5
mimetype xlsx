--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b9d2bbf494446f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09fe746237f24230" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d14eccfcb214f3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f4a9a4d2dfe45af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65d59162fd144b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d14eccfcb214f3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cbba1d0933a4b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f4a9a4d2dfe45af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,334</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>