--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09fe746237f24230" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc80e5a5197034974" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f4a9a4d2dfe45af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf32d64e49225467f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cbba1d0933a4b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f4a9a4d2dfe45af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc6d3902616a4147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf32d64e49225467f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>