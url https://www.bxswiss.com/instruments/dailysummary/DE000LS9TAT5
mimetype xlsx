--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc80e5a5197034974" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95935ffaaf514c03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf32d64e49225467f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raad9a0b503d74be4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc6d3902616a4147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf32d64e49225467f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa5c0f1b24f1465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raad9a0b503d74be4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>