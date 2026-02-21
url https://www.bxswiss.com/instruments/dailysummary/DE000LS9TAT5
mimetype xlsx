--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95935ffaaf514c03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf06085d377d34118" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raad9a0b503d74be4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55519f5ba7eb4deb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa5c0f1b24f1465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raad9a0b503d74be4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec2a23d892b14fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55519f5ba7eb4deb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>63,902</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>