--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf06085d377d34118" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc67e55905d90406c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55519f5ba7eb4deb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6bed69bbb1e4620"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec2a23d892b14fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55519f5ba7eb4deb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bb5cf7540f4448e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6bed69bbb1e4620" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>