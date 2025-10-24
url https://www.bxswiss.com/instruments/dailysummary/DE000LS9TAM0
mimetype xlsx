--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1198ec7b41454f9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03d6bc9c57ff4ae0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00eb8e708b604858"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re746d88aa4f74b5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75d8f01203bc47ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00eb8e708b604858" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e971a347bb4c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re746d88aa4f74b5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB-DE-Loser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>