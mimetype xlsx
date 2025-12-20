--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03d6bc9c57ff4ae0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6d790f7f2ac451f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re746d88aa4f74b5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2360c27333143d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e971a347bb4c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re746d88aa4f74b5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7400b6fdad044c2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2360c27333143d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB-DE-Loser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,852</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>