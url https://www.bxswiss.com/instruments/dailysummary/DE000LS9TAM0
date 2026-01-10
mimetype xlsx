--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6d790f7f2ac451f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58a481eb748e4276" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2360c27333143d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc15251833c7a46e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7400b6fdad044c2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2360c27333143d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R486fd2856c4f4422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc15251833c7a46e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB-DE-Loser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>92,884</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,561</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>91,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>