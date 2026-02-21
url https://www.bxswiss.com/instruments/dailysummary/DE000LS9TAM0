--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58a481eb748e4276" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb7e0fdd2d09406d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc15251833c7a46e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c4193cca5994aa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R486fd2856c4f4422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc15251833c7a46e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R250dcc9bab7c4f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c4193cca5994aa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB-DE-Loser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>91,360</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,725</x:t>
-[...409 lines deleted...]
-          <x:t>95,702</x:t>
+          <x:t>91,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>