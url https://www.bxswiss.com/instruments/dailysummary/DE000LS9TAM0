--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb7e0fdd2d09406d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ea19532c2dd41e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c4193cca5994aa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa8fa1bf55c44196"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R250dcc9bab7c4f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c4193cca5994aa9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19016732544f4a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa8fa1bf55c44196" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB-DE-Loser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,198</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>