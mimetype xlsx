--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rede4089536ad4b0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f40939e66944cf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0981d988d3a046e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bd4a66fc08e47e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree6fc80b99b44e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0981d988d3a046e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb8574971e684e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bd4a66fc08e47e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JBAM ONE - DACH SMID Best Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>121,377</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>