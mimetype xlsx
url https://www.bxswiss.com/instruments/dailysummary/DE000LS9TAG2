--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f40939e66944cf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f04b52857864892" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bd4a66fc08e47e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R247cae42ba5f456d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb8574971e684e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bd4a66fc08e47e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4100763594cb4f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R247cae42ba5f456d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JBAM ONE - DACH SMID Best Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,627 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,881</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>109,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,704</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,930</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>