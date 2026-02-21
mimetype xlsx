--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f04b52857864892" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd2688b12b0c4827" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R247cae42ba5f456d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43d8668a95ca4f9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4100763594cb4f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R247cae42ba5f456d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R743ced32a7b94c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43d8668a95ca4f9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JBAM ONE - DACH SMID Best Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>114,710</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>