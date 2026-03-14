--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd2688b12b0c4827" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc3167a4c0114e4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43d8668a95ca4f9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re889a0dd755f4dbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R743ced32a7b94c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43d8668a95ca4f9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1825cf47939941cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re889a0dd755f4dbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JBAM ONE - DACH SMID Best Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>