--- v0 (2025-10-08)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R059d83d221064565" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7efa809c8c9445d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R938d80ab82a7458c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab5ce6ac08449e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ec4cd2349db4d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R938d80ab82a7458c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R607ea3bcd8534aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab5ce6ac08449e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft verdienen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,015</x:t>
-[...252 lines deleted...]
-          <x:t>99,372</x:t>
+          <x:t>98,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>