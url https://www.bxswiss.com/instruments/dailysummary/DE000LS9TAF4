--- v1 (2025-11-15)
+++ v2 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7efa809c8c9445d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d0ab35b00f046a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab5ce6ac08449e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb26974414cf94d28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R607ea3bcd8534aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab5ce6ac08449e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R826d1c9a283c42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb26974414cf94d28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft verdienen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,056</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>