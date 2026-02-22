--- v2 (2026-01-15)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d0ab35b00f046a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc1f83cad5f4237" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb26974414cf94d28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R705d7fd2d5f542f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R826d1c9a283c42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb26974414cf94d28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racdd9978993043ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R705d7fd2d5f542f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft verdienen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>100,266</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,416</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>100,658</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>