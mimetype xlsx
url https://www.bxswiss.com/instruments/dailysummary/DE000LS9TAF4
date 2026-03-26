--- v3 (2026-02-22)
+++ v4 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc1f83cad5f4237" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f0ef69cc6874b0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R705d7fd2d5f542f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba29597fc2b5497c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racdd9978993043ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R705d7fd2d5f542f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R207dac473c1b486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba29597fc2b5497c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft verdienen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>96,355</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>