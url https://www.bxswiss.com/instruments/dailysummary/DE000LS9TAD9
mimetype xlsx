--- v0 (2025-10-03)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e179ec6a734e91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a5ad2f5aa7a4271" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73cfde84d06e4548"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88365dbb8a51460c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bc05f37fd4f43f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73cfde84d06e4548" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R707dad80c1a54557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88365dbb8a51460c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RSDLVEST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>98,754</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,545</x:t>
-[...497 lines deleted...]
-          <x:t>99,086</x:t>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,002</x:t>
-[...58 lines deleted...]
-          <x:t>99,212</x:t>
+          <x:t>98,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>