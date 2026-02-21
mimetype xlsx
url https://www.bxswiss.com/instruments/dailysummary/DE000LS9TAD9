--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a5ad2f5aa7a4271" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d8339a4cb2941f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88365dbb8a51460c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5c35a07d7c94380"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R707dad80c1a54557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88365dbb8a51460c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c1f1870bcf04b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5c35a07d7c94380" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RSDLVEST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,439</x:t>
-[...333 lines deleted...]
-          <x:t>99,202</x:t>
+          <x:t>97,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>