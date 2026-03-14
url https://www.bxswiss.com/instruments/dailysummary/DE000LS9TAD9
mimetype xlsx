--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d8339a4cb2941f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec75b6e562d64a25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5c35a07d7c94380"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb279ac846fc944aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c1f1870bcf04b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5c35a07d7c94380" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ef8037267d7446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb279ac846fc944aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RSDLVEST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TAD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>