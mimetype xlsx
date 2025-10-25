--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57a79c1488c74633" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30f8ca1025ec4e70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R227c0252818c4d22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cfc361d4367461a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b6fbac20c844ee1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R227c0252818c4d22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1bdd7a2567f40cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cfc361d4367461a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nurseconomy Pflege und Medizin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SZA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>