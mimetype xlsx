--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30f8ca1025ec4e70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3cd871a25ff4784" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cfc361d4367461a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4e267e39c9e41f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1bdd7a2567f40cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cfc361d4367461a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f8c9640ad7f4a9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4e267e39c9e41f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nurseconomy Pflege und Medizin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SZA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>91,307</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>