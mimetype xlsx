--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3cd871a25ff4784" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a94ca44946443cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4e267e39c9e41f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a2d045373a74030"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f8c9640ad7f4a9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4e267e39c9e41f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9999874513534bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a2d045373a74030" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nurseconomy Pflege und Medizin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SZA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,634</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>