--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a94ca44946443cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra05b9eff2af1460a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a2d045373a74030"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re433de9d92794fc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9999874513534bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a2d045373a74030" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf7f5012a9b24d16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re433de9d92794fc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nurseconomy Pflege und Medizin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SZA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>