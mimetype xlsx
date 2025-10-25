--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa840f0c318048ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e16499c6d642e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09e0c8de46ac43ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb99c9c45cb74f44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19b8fa8cf98e4c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09e0c8de46ac43ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c9fcf1d43d8442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb99c9c45cb74f44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Analyst Data-based Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SYN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>116,366</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,069</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>115,566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>