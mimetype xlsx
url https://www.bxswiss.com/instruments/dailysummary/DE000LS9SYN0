--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e16499c6d642e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bc690fa39aa4802" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb99c9c45cb74f44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re67b04a7a3bf4bc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c9fcf1d43d8442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb99c9c45cb74f44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd01aafc1e71d4b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re67b04a7a3bf4bc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Analyst Data-based Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SYN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>112,883</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>