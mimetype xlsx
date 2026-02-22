--- v2 (2026-01-09)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bc690fa39aa4802" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00c457d52dd14595" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re67b04a7a3bf4bc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re96e7d68a6a44132"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd01aafc1e71d4b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re67b04a7a3bf4bc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b6be1cbf3864fda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re96e7d68a6a44132" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Analyst Data-based Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SYN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>118,635</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>