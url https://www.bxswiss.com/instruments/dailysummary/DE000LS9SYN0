--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00c457d52dd14595" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f2d577c10804532" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re96e7d68a6a44132"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57d3474513b34e5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b6be1cbf3864fda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re96e7d68a6a44132" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e90f6e61c944fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57d3474513b34e5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Analyst Data-based Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SYN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,880</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>